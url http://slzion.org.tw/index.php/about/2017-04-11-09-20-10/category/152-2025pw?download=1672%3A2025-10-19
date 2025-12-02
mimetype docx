--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -76,51 +76,51 @@
       <w:r w:rsidR="00345328" w:rsidRPr="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗顏楷體繁" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗顏楷體繁" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>聖靈</w:t>
       </w:r>
       <w:r w:rsidR="00345328" w:rsidRPr="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="王漢宗顏楷體繁" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>裡禱告</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00192FF2" w:rsidRPr="0095702F" w:rsidRDefault="003945C7" w:rsidP="004A076F">
+    <w:p w:rsidR="00192FF2" w:rsidRPr="0095702F" w:rsidRDefault="003945C7" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>況且，我們的軟弱有聖靈幫助；我們本不曉得當怎樣禱告，只是聖靈親自用說不出來的歎息替我們禱告。鑒察人心的，曉得聖靈的意思，因為聖靈照着神的旨意替聖徒祈求。我們曉得萬事都互相效力，叫愛神的人得益處，就是按</w:t>
       </w:r>
       <w:r w:rsidR="004F39E7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>祂</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -178,51 +178,51 @@
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>羅八</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26~30</w:t>
       </w:r>
       <w:r w:rsidR="00630C13" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003945C7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="004A076F">
+    <w:p w:rsidR="003945C7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>基督徒</w:t>
       </w:r>
       <w:r w:rsidR="003945C7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>在今世受肉身之軀的限制和環境的熬煉，有時覺得自己很軟弱，甚至不曉得當怎樣禱告。但感謝神，聖靈一直在幫助我們，聖靈在我們的生命裡所蘊育的那份對全然成聖與神的榮耀的渴慕，非常深沉，無法以言語來述說，乃用無言的「歎息」，按著神的旨意為我們祈求</w:t>
       </w:r>
       <w:r w:rsidR="00BB3195">
         <w:rPr>
@@ -259,51 +259,51 @@
         </w:rPr>
         <w:t>藉著方言禱告出神的心意</w:t>
       </w:r>
       <w:r w:rsidR="003945C7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。世界上有許多禱告的母親，藉著</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>她</w:t>
       </w:r>
       <w:r w:rsidR="003945C7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>們在聖靈裡的禱告，叫許多人得著祝福。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C0809" w:rsidRPr="0095702F" w:rsidRDefault="003945C7" w:rsidP="004A076F">
+    <w:p w:rsidR="000C0809" w:rsidRPr="0095702F" w:rsidRDefault="003945C7" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>曹牧師經常藉著</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Line</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -397,97 +397,111 @@
         </w:rPr>
         <w:t>的祈求</w:t>
       </w:r>
       <w:r w:rsidR="00F00113" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，使人在聖靈裡為人禱告</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>時，心中</w:t>
       </w:r>
       <w:r w:rsidR="00F00113" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>有盼望。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F39E7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="004A076F">
+    <w:p w:rsidR="004F39E7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>一九二一年四月十四日，葛萊西上校（</w:t>
+        <w:t>一九一</w:t>
+      </w:r>
+      <w:r w:rsidR="0017206C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>二</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095702F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>年四月十四日，葛萊西上校（</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Archibald Gracie</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）泡在鐵達尼號的游泳池裡，享受著游泳之樂。他說：「這個六呎高的鹹水池，溫度宜人，</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>令</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>人神清氣爽，我從來沒有享受過這麼舒服的游泳池。」他是鐵達尼號的乘客，他在那個星期天晚上游完泳之後，回到船艙沉睡，稍晚時分被「突然的震動和吵雜聲」驚醒；他很快穿好衣服，跑到甲板上去，才知道船隻和冰山相撞，面臨幾乎是必死無疑的命運。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F39E7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="004A076F">
+    <w:p w:rsidR="004F39E7" w:rsidRPr="0095702F" w:rsidRDefault="004F39E7" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>就在那時候，他在紐約的妻子</w:t>
       </w:r>
       <w:r w:rsidR="00AC27E9" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>也在睡眠中驚醒。她被莫名的焦慮抓住，醒過來，爬起身，握著禱告簿，雙膝跪下，碰巧翻到「為在海上的人禱告」那一頁</w:t>
       </w:r>
       <w:r w:rsidR="001E7B7B" w:rsidRPr="0095702F">
         <w:rPr>
@@ -524,51 +538,51 @@
         </w:rPr>
         <w:t>達</w:t>
       </w:r>
       <w:r w:rsidR="001E7B7B" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>尼號沉船的</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>悲</w:t>
       </w:r>
       <w:r w:rsidR="001E7B7B" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>劇消息。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7B7B" w:rsidRPr="0095702F" w:rsidRDefault="001E7B7B" w:rsidP="004A076F">
+    <w:p w:rsidR="001E7B7B" w:rsidRPr="0095702F" w:rsidRDefault="001E7B7B" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>就在那段時間，她的丈夫發生了什麼事？葛萊西上校盡所能地幫助婦女和孩子們進入救生艇，然後和船一起下沉。他後來寫</w:t>
       </w:r>
       <w:r w:rsidR="00A27E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>道</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -599,51 +613,51 @@
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00CA7430" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>當葛萊西上校在冰冷的海水裡浮沉時，新的恐怖念頭抓住他，他想起曾讀過的一本書，講到水手在海難中</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00CA7430" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>因底艙的火爐爆炸而使海水滾燙，以致被燙傷而死的故事。他便趕快使盡力氣游離船隻的殘骸，在華氏二十八度冰冷的海洋中游泳。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA7430" w:rsidRPr="000125FF" w:rsidRDefault="00CA7430" w:rsidP="004A076F">
+    <w:p w:rsidR="00CA7430" w:rsidRPr="000125FF" w:rsidRDefault="00CA7430" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>當葛萊西上校</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -654,51 +668,51 @@
         <w:t>體力逐漸秏盡，身體開始慢慢僵硬時，他逐漸往下沉。</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>他</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>禱告將來可以透過自己的在天之靈安慰妻子，並在心裡送給她一個信息：「再見了，到天上再相見了！」但不知從哪裡來的一股新的力量，突然充滿葛萊西上校的心。</w:t>
       </w:r>
       <w:r w:rsidRPr="000125FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>他把自己往上推，碰到船隻的一些殘骸，然後，就在他的左手邊，他看到翻覆的救生艇，大約有十二個人已經爬上去，盡所能地抓著救生艇。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA7430" w:rsidRPr="0095702F" w:rsidRDefault="00CA7430" w:rsidP="004A076F">
+    <w:p w:rsidR="00CA7430" w:rsidRPr="0095702F" w:rsidRDefault="00CA7430" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>葛萊西上校朝救生艇的方向奮力游過去，沒有人伸手拉他，可</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>能</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -735,90 +749,90 @@
         </w:rPr>
         <w:t>輕人強壯的手臂，右腳</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>甩上船，把自己拉了上去，就這樣他獲救了</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>──</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>而當時他遠在紐約的妻子正跪在床邊迫切、有力地為他禱告。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00852F3C" w:rsidRPr="0095702F" w:rsidRDefault="00852F3C" w:rsidP="004A076F">
+    <w:p w:rsidR="00852F3C" w:rsidRPr="0095702F" w:rsidRDefault="00852F3C" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>葛萊西上校後來寫</w:t>
       </w:r>
       <w:r w:rsidR="00A27E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>道</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>：「我還沒有聽說過，有哪一個上天拯救的實例，不是直接歸因於禱告。」讓我們順服聖靈的感動作代禱的工作，讓我們靠著聖靈隨時多方禱告祈求。為著更好地在聖靈裡禱告，我們必須常常追求聖靈充滿</w:t>
       </w:r>
       <w:r w:rsidR="00A27E7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C0809" w:rsidRPr="0095702F" w:rsidRDefault="000C0809" w:rsidP="004A076F">
+    <w:p w:rsidR="000C0809" w:rsidRPr="0095702F" w:rsidRDefault="000C0809" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>聖靈最偉大的工作之一，乃是將榮耀的異象啟示給我們，使我們如信心之父亞拉罕一般，看重那看不見卻是神所應許的永存事物，過於那看得見</w:t>
       </w:r>
       <w:r w:rsidR="003945C7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -835,51 +849,51 @@
         </w:rPr>
         <w:t>象</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>從他們身上彰顯出來，當主再來時，他們要得榮耀。為著這榮耀的</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>盼</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>望，我們自己不停止追求榮耀的神，也在聖靈裡為眾聖徒禱告。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D84E00" w:rsidRPr="0095702F" w:rsidRDefault="000C0809" w:rsidP="004A076F">
+    <w:p w:rsidR="00D84E00" w:rsidRPr="0095702F" w:rsidRDefault="000C0809" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我們不只因看見將來的榮耀而</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>甘</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -972,83 +986,83 @@
         </w:rPr>
         <w:t>我們若愛神，就不會發怨言，反而會凡事謝恩</w:t>
       </w:r>
       <w:r w:rsidR="003945C7" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>常常</w:t>
       </w:r>
       <w:r w:rsidR="00D84E00" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>喜樂，在聖靈裡禱告，常浸沐在神榮耀的同在中。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D84E00" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="004A076F">
+    <w:p w:rsidR="00D84E00" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>親愛的弟兄啊！你們卻要在至聖的真道上造就自己，在聖靈裏禱告，保守自己常在神的愛中，仰望我們主耶穌基督的憐憫，直到永生。（猶</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20~21</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7E75" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="004A076F">
+    <w:p w:rsidR="00FB7E75" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>基督徒的信仰是建造在至聖的真道上，禱告要合乎神的旨意，</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>必須有至聖的真道作根基。至聖的真道是</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
@@ -1184,51 +1198,51 @@
         </w:rPr>
         <w:t>禱告的聖徒叫安，她為病人和不信的人代禱，都蒙神垂聽，這是許多人可以作見證的，人們信任她，常請她來為他們主持公道。就算是每天的瑣事，她都在禱告中與天父分享。如果她或家裡的成員遺失了衣服、玩具或工具，她便舉目仰望天父，請求天父向她顯示在</w:t>
       </w:r>
       <w:r w:rsidR="00FB7E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>哪</w:t>
       </w:r>
       <w:r w:rsidR="00FB7E75" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>裡，然後她就走到遺失的地點，找到它們。</w:t>
       </w:r>
       <w:r w:rsidR="00FB7E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>聖靈是禱告的靈，祂會在禱告的事上指教我們。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00852F3C" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="004A076F">
+    <w:p w:rsidR="00852F3C" w:rsidRPr="0095702F" w:rsidRDefault="00D84E00" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>聖靈是仁愛的靈，祂愛我們，將神的愛澆灌在我們心中</w:t>
       </w:r>
       <w:r w:rsidR="00852F3C" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -1328,51 +1342,51 @@
         </w:rPr>
         <w:t>我們</w:t>
       </w:r>
       <w:r w:rsidR="00881223" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，使</w:t>
       </w:r>
       <w:r w:rsidR="00FB7E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我們</w:t>
       </w:r>
       <w:r w:rsidR="00881223" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>能在神的愛中作正確的反應，說造就人的好話，扶持跌倒的人，餵養尋求神的人，安慰憂傷痛悔的人。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00345328" w:rsidRPr="0095702F" w:rsidRDefault="00FB7E75" w:rsidP="004A076F">
+    <w:p w:rsidR="00345328" w:rsidRPr="0095702F" w:rsidRDefault="00FB7E75" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>有時禱告</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>就</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -1522,51 +1536,51 @@
         </w:rPr>
         <w:t>主</w:t>
       </w:r>
       <w:r w:rsidR="00AB638B" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>憐憫她，然後她祈求說：「哦，</w:t>
       </w:r>
       <w:r w:rsidR="00EB4986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>耶穌</w:t>
       </w:r>
       <w:r w:rsidR="00AB638B" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>啊！如果你不幫忙我，今天晚上就不能參加聚會了。你知道靠著拐杖在雪地上行走，是一件多麼困難的事，你可否告訴某人來替我開路？」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB638B" w:rsidRPr="000125FF" w:rsidRDefault="00AB638B" w:rsidP="004A076F">
+    <w:p w:rsidR="00AB638B" w:rsidRPr="000125FF" w:rsidRDefault="00AB638B" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>她住的房子離大馬路約有四分之一哩遠，以前</w:t>
       </w:r>
       <w:r w:rsidR="00EB4986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>主</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -1611,51 +1625,51 @@
       <w:r w:rsidRPr="000125FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>「哦！快點來！快來看今天是什麼東西在為安開路</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F" w:rsidRPr="000125FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
       <w:r w:rsidRPr="000125FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371134" w:rsidRPr="0095702F" w:rsidRDefault="00AB638B" w:rsidP="004A076F">
+    <w:p w:rsidR="00371134" w:rsidRPr="0095702F" w:rsidRDefault="00AB638B" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>安</w:t>
       </w:r>
       <w:r w:rsidR="00EB4986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>趕快</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -1776,90 +1790,90 @@
         </w:rPr>
         <w:t>，但對屬靈之事瞭如指掌。就像水從古老的枯井流出來一</w:t>
       </w:r>
       <w:r w:rsidR="00881223" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>般</w:t>
       </w:r>
       <w:r w:rsidR="00371134" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，活水也從安的腹中湧流出來，讓許多靈魂得到滋潤。</w:t>
       </w:r>
       <w:r w:rsidR="00864CAE" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>上帝使一個似乎一無才幹的人，變成一個在聖靈裡禱告的人，藉著她帶來神聖的影響力。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00864CAE" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="004A076F">
+    <w:p w:rsidR="00864CAE" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>那日，耶和華必保護耶路撒冷的居民。他們中間軟弱的必如大衛；大衛的家必如神，如行在他們前面之耶和華的使者。那日，我必定意滅絕來攻擊耶路撒冷各國的民。我必將那施恩叫人懇求的靈，澆灌大衛家和耶路撒冷的居民。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（亞十二</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8~10</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00864CAE" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="004A076F">
+    <w:p w:rsidR="00864CAE" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>大衛</w:t>
       </w:r>
       <w:r w:rsidR="00EB4986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>是個</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -1932,51 +1946,51 @@
         </w:rPr>
         <w:t>能</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>經歷神的恩典，得著神的大能，充滿神的榮耀</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>不再活在軟弱中，乃是活在榮耀的權能中，像大衛一樣，凡事要遵行神的旨意，在一切所行的事上要認定神、順服神，榮神益人。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="004A076F">
+    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="00864CAE" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>有位女士會</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>不</w:t>
       </w:r>
       <w:r w:rsidR="00BB312A">
         <w:rPr>
@@ -2132,69 +2146,69 @@
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="005E31D2" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>節：「</w:t>
       </w:r>
       <w:r w:rsidR="005E31D2" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>神必照祂榮耀的豐富，在基督耶穌裡，使你們一切所需用的都充足。</w:t>
       </w:r>
       <w:r w:rsidR="005E31D2" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」她的懼怕立時除去。她說：「當我得到這句話，我就開始感謝、讚美神的恩惠。然後我便跳上床，睡了一整晚。第二天我的客人來了，我們相處得很好。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="004A076F">
+    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>沒有人能定出禱告的嚴苛規條，唯有聖靈能隨時引導我們。無論如何，我們得把事情交出來，神會接管。聖靈是施恩叫人懇求的靈，禱告乃是在各種情況中向神懇求，並仰望神施恩。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="004A076F">
+    <w:p w:rsidR="005E31D2" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我的心默默無聲，專等候神；我的救恩是從</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>祂</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -2253,51 +2267,51 @@
         </w:rPr>
         <w:t>而來</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。（詩六十二</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1~5</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E62183" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="004A076F">
+    <w:p w:rsidR="00E62183" w:rsidRPr="0095702F" w:rsidRDefault="005E31D2" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大衛遇見人的攻擊，那些心口不一的說</w:t>
       </w:r>
       <w:r w:rsidR="00E62183" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>謊者，想將</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
@@ -2404,51 +2418,51 @@
         </w:rPr>
         <w:t>，全人降服於聖靈</w:t>
       </w:r>
       <w:r w:rsidR="00E62183" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。這種安靜與專注是永</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>世</w:t>
       </w:r>
       <w:r w:rsidR="00E62183" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>祝福的小影。當我們的心默默無聲專等候神時，神會藉著聖靈更新我們、改變我們、充滿我們、覆庇我們。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078006A" w:rsidRPr="0095702F" w:rsidRDefault="00E62183" w:rsidP="004A076F">
+    <w:p w:rsidR="0078006A" w:rsidRPr="0095702F" w:rsidRDefault="00E62183" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大衛說：「</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我的心默默無聲，專等候神；我的救恩是從</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
@@ -2494,51 +2508,51 @@
       </w:r>
       <w:r w:rsidR="0078006A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>救恩成就在我們身上。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000125FF" w:rsidRDefault="000125FF">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E09D3" w:rsidRPr="0095702F" w:rsidRDefault="0078006A" w:rsidP="004A076F">
+    <w:p w:rsidR="001E09D3" w:rsidRPr="0095702F" w:rsidRDefault="0078006A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>宣信博士在他《安靜</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -2604,69 +2618,69 @@
         </w:rPr>
         <w:t>了。親愛的弟兄姐妹們！我們來享受神那神聖的安</w:t>
       </w:r>
       <w:r w:rsidR="00DF2430" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>靜吧！讓我們住在『至高者的隱密處』</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00DF2430" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>進入神自己和祂永恆的安息裡吧！」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF2430" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="004A076F">
+    <w:p w:rsidR="00DF2430" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>安靜等候神時要集中所有的感覺和思緒，定注在神身上，進而來到全人的最深處，就是基督內住的地方。因著不多話、無所求、不爭競，我們來到內在道路的中心點，這是神對我們裡面的人說話之處，在此神與我們的靈交通，在此神將祂的自己教導我們，在此神向我們顯現，神自己成為我們裡面有榮耀的盼望。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9322D" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="004A076F">
+    <w:p w:rsidR="00C9322D" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>等候神是與神聯合的途徑，靠人</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>自己</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -2724,51 +2738,51 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>節說：「</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>天上寂靜約有兩刻</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。」在屬天的境界，神未顯明其心意之前，一切需要肅靜。在地上也一樣，神若未顯明祂的旨意，我們就安靜侍立在祂面前。人的意志、思想、感情若不安靜下來，降服於神，就無法與神聯合。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D161D" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="004A076F">
+    <w:p w:rsidR="009D161D" w:rsidRPr="0095702F" w:rsidRDefault="00DF2430" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>內在生活的使徒特司諦更公開服事時，</w:t>
       </w:r>
       <w:r w:rsidR="00C9322D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>時常在聚會中帶領信徒安靜等候</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
@@ -2777,51 +2791,51 @@
         </w:rPr>
         <w:t>神</w:t>
       </w:r>
       <w:r w:rsidR="00C9322D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，他說：「基督徒很需要常常進入他自己裡面那神聖的安靜中，因為只有在安靜中，方能成就真誠的祈禱，只有當一個人進入靈</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>裡</w:t>
       </w:r>
       <w:r w:rsidR="00C9322D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的安靜時，他才會在裡面被神遇見。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D6308F" w:rsidRDefault="009D161D" w:rsidP="004A076F">
+    <w:p w:rsidR="00D6308F" w:rsidRDefault="009D161D" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>安靜等候神是信徒停下天然的努力，進入聖靈引導的操練。安靜等候神是人隨著聖靈內在的吸引，而進入</w:t>
       </w:r>
       <w:r w:rsidR="00D9064F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>在靈裡</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -2913,51 +2927,51 @@
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」（約壹四</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD23F3" w:rsidRPr="0095702F" w:rsidRDefault="009D161D" w:rsidP="004A076F">
+    <w:p w:rsidR="00DD23F3" w:rsidRPr="0095702F" w:rsidRDefault="009D161D" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>蓋恩夫人說：「如果人能忠心地在安靜中以愛來親近神，</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>他會逐漸地完全得著神，那時他要享受不間斷的神</w:t>
       </w:r>
       <w:r w:rsidR="00D6308F" w:rsidRPr="0095702F">
         <w:rPr>
@@ -3169,51 +3183,51 @@
         </w:rPr>
         <w:t>作</w:t>
       </w:r>
       <w:r w:rsidR="00D9064F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>進展得</w:t>
       </w:r>
       <w:r w:rsidR="00DD23F3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>太快，以致將人的動作吸收去了。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="00DD23F3" w:rsidP="004A076F">
+    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="00DD23F3" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>慕安得烈在《等候神》一書中說：「雖然我們讀神的話和禱告都可能是很寶貴的，但要知道，這些也可能攔阻了安靜的等候。用思想的能力去研讀神的話，或在禱告中發表心中的思想，心的活動連同其欲求、指望</w:t>
       </w:r>
       <w:r w:rsidR="004B1716" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>和懼怕都可能佔據我們全人，以致我們沒有安靜</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
@@ -3224,123 +3238,123 @@
       </w:r>
       <w:r w:rsidR="004B1716" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>等候這一位全然榮美的神，我們全人並未安靜地俯伏在祂面前。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00176B08" w:rsidRDefault="00176B08">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="004A076F">
+    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>「我們何時一看見，等候神本身就是一件不可言</w:t>
       </w:r>
       <w:r w:rsidR="00AC3B64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>喻</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的祝福，一種與至聖者最高典型的交通，那麼我們對</w:t>
       </w:r>
       <w:r w:rsidR="008A125D" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>這</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>位榮耀之神的愛戴，必定能使我們謙卑地進入聖潔的靜默中。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="004A076F">
+    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>「我們如果要進入主耶穌所說的活水泉源的祝福，和保羅所說的不住的禱告，就必須操練在靈裡面的安靜，以致聖靈的活水能一直湧流在我們心中，使我們能一直停留在主面前，敬拜主且蒙主的恩惠。</w:t>
       </w:r>
       <w:r w:rsidR="00DD23F3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004656B4" w:rsidP="004A076F">
+    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004656B4" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>有時，我們遇見不實的指控、誤會，</w:t>
       </w:r>
       <w:r w:rsidR="004B1716" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我們</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3419,51 +3433,51 @@
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="004656B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>『主說，伸冤在我，我必報應。』</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="004B1716" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>讓我們學習安靜，這是在聖靈裡禱告的重要操練。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="004A076F">
+    <w:p w:rsidR="004B1716" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="380" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>願</w:t>
       </w:r>
       <w:r w:rsidR="000106CA" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>祂</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -3472,51 +3486,51 @@
         </w:rPr>
         <w:t>用口與我親嘴；因你的愛情比酒更美。你的膏油馨香；你的名如同倒出來的香膏，所以眾童女都愛你。願你吸引我，我們就快跑跟隨你。王帶我進了內室，我們必因你歡喜快樂。我們要稱讚你的愛情，勝似稱讚美酒。他們愛你是理所當然的</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。（歌一</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2~4</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B56C3" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="004A076F">
+    <w:p w:rsidR="000B56C3" w:rsidRPr="0095702F" w:rsidRDefault="004B1716" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>在主耶穌再來之前，有許多人領受了聖靈充滿的經歷，在愛中與</w:t>
       </w:r>
       <w:r w:rsidR="00004C2F" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>神有個人的交通，培育出與</w:t>
       </w:r>
       <w:r w:rsidR="000106CA" w:rsidRPr="0095702F">
         <w:rPr>
@@ -3848,51 +3862,51 @@
         </w:rPr>
         <w:t>神</w:t>
       </w:r>
       <w:r w:rsidR="000B56C3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的愛</w:t>
       </w:r>
       <w:r w:rsidR="00C512E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，但這是更深層次的禱告，是神的恩典把人帶進去的</w:t>
       </w:r>
       <w:r w:rsidR="000B56C3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE3520" w:rsidRPr="0095702F" w:rsidRDefault="000B56C3" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE3520" w:rsidRPr="0095702F" w:rsidRDefault="000B56C3" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>安靜等候神，比較注重回到心中遇見主</w:t>
       </w:r>
       <w:r w:rsidR="00AC3B64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4020,90 +4034,90 @@
         </w:rPr>
         <w:t>有</w:t>
       </w:r>
       <w:r w:rsidR="00EE3520" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>默想聖經及安靜等候神的學習和經歷</w:t>
       </w:r>
       <w:r w:rsidR="00AC3B64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，因屬靈的進展無法三級跳</w:t>
       </w:r>
       <w:r w:rsidR="00EE3520" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE3520" w:rsidRPr="0095702F" w:rsidRDefault="00EE3520" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE3520" w:rsidRPr="0095702F" w:rsidRDefault="00EE3520" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>神啊，你是我的神，我要切切地尋求你，在乾旱疲乏無水之地，我渴想你；我的心切慕你。我在聖所中曾如此瞻仰你，為要見你的能力和你的榮耀。因你的慈愛比生命更好，我的嘴唇要頌讚你</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。（詩六十三</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1~3</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473C26" w:rsidRPr="0095702F" w:rsidRDefault="00EE3520" w:rsidP="004A076F">
+    <w:p w:rsidR="00473C26" w:rsidRPr="0095702F" w:rsidRDefault="00EE3520" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>大衛向神發出渴慕的禱告說：「</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>神啊，你是我的神，我要切切地尋求你</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3B64">
         <w:rPr>
@@ -4225,51 +4239,51 @@
         <w:lastRenderedPageBreak/>
         <w:t>更香甜的愛，直到他只</w:t>
       </w:r>
       <w:r w:rsidR="006654D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>想</w:t>
       </w:r>
       <w:r w:rsidR="00473C26" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>與神完全聯合。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C1F35" w:rsidRPr="0095702F" w:rsidRDefault="00473C26" w:rsidP="004A076F">
+    <w:p w:rsidR="003C1F35" w:rsidRPr="0095702F" w:rsidRDefault="00473C26" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>渴慕的禱告</w:t>
       </w:r>
       <w:r w:rsidR="006654D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、純愛的禱告</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4404,51 +4418,51 @@
         </w:rPr>
         <w:t>就完全了律法</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。」（羅十三</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000541A8" w:rsidRPr="0095702F" w:rsidRDefault="003C1F35" w:rsidP="004A076F">
+    <w:p w:rsidR="000541A8" w:rsidRPr="0095702F" w:rsidRDefault="003C1F35" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>十字架約翰說：「當一些拂逆己意的事發生在我們身上，而我們感受</w:t>
       </w:r>
       <w:r w:rsidR="000541A8" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>到某</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4534,51 +4548,51 @@
         </w:rPr>
         <w:t>就</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>能脫離它四周的環境，而呈現於神前，並與神聯合。</w:t>
       </w:r>
       <w:r w:rsidR="000541A8" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>這樣一來，</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>罪惡、誘惑便無法產生作用；因為靈魂在愛的情況中，就能用神的幫助來抵抗誘惑。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663A5" w:rsidRPr="0095702F" w:rsidRDefault="003C1F35" w:rsidP="004A076F">
+    <w:p w:rsidR="009663A5" w:rsidRPr="0095702F" w:rsidRDefault="003C1F35" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>要有這種渴慕的禱告</w:t>
       </w:r>
       <w:r w:rsidR="006654D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、純愛的禱告</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4643,51 +4657,51 @@
         </w:rPr>
         <w:t>的意志及願望；只要意志真正渴望，他一定能作得很好。雖然人無法靠</w:t>
       </w:r>
       <w:r w:rsidR="009663A5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>自己將他所渴望的付諸實行，但是，神以人的意願來判斷人的行為。若我們的渴望是摯誠的，則它們在神</w:t>
       </w:r>
       <w:r w:rsidR="000541A8" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>面</w:t>
       </w:r>
       <w:r w:rsidR="009663A5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>前也是偉大的。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="009663A5" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="009663A5" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>關於內在的渴望，</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -4795,51 +4809,51 @@
         </w:rPr>
         <w:t>有</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>特殊的使命感感到滿足，我要向五大洲及最遠的海島宣講福音。即使這樣，我也不能感到滿足，我願意從創世之初直到世界終窮之時，都作一個傳教士。我最大的願望是為你</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>──</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我的救主灑鮮血，直到最後一滴，輕而易舉的殉道永不會滿足我，我要嘗盡一切的殉道方式。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>後來，她讀了保羅的哥林多前書十二</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4939,51 +4953,51 @@
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>心對心的交</w:t>
       </w:r>
       <w:r w:rsidR="006654D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>通</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE037A" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>這種</w:t>
       </w:r>
       <w:r w:rsidR="006654D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>在聖靈裡的</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -4999,51 +5013,51 @@
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>世紀德國的神學家約翰．陶樂所說的：「神以人的意願來判斷人的行為，若我們的渴望是摯誠的，則它們在神</w:t>
       </w:r>
       <w:r w:rsidR="000541A8" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>面</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>前也是偉大的。」在小德蘭身上，神的確找到一顆偉大的心，並且看見她以愛慕之情來取悅神。在她生命末了的時刻，她說：「在生命的終結，神所看的只是愛。」這是何等真實！</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00084CF5" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="004A076F">
+    <w:p w:rsidR="00084CF5" w:rsidRPr="0095702F" w:rsidRDefault="00EE037A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>純愛的禱告或說渴慕的禱告，要淨化我們的動機，使我們的行為有最純正的動機，一切</w:t>
       </w:r>
       <w:r w:rsidR="000541A8" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>都</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
@@ -5095,51 +5109,51 @@
         </w:rPr>
         <w:t>來</w:t>
       </w:r>
       <w:r w:rsidR="00084CF5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>看，主所過的是樸實而平凡的生活，一切都極其平凡</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00084CF5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>極其簡樸；但是超凡的德行及熱忱的真愛卻表露在祂微小的行為中。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF2430" w:rsidRPr="0095702F" w:rsidRDefault="000541A8" w:rsidP="004A076F">
+    <w:p w:rsidR="00DF2430" w:rsidRPr="0095702F" w:rsidRDefault="000541A8" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>讓我們相信一顆經常向神獻上摯誠之愛的心，會由他所愛的神</w:t>
       </w:r>
       <w:r w:rsidR="00084CF5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>領受許多超然的力量</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -5225,51 +5239,51 @@
         </w:rPr>
         <w:t>結出果實。當我們時常以愛轉向神時，我們便會</w:t>
       </w:r>
       <w:r w:rsidR="00084CF5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>習慣地將我們的思想轉向神，並在每件事上尋求神的忠告，在愛中跟隨神</w:t>
       </w:r>
       <w:r w:rsidR="003C1F35" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00084CF5" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>順服神。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00084CF5" w:rsidRPr="0095702F" w:rsidRDefault="00084CF5" w:rsidP="004A076F">
+    <w:p w:rsidR="00084CF5" w:rsidRPr="0095702F" w:rsidRDefault="00084CF5" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>小德蘭說：「</w:t>
       </w:r>
       <w:r w:rsidR="003A606A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>我如何表達我的愛呢？愛要以行為證實，甚至一個小孩也能散佈鮮花，使清香瀰漫全室；甚至一個小孩也能唱偉大的愛之歌。我的生活便是要</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
         <w:rPr>
@@ -5412,51 +5426,51 @@
         <w:t>一</w:t>
       </w:r>
       <w:r w:rsidR="003A606A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>個聖徒養成時時向神發出愛慕之情的良好習慣，</w:t>
       </w:r>
       <w:r w:rsidR="00AC3B64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>久而久之</w:t>
       </w:r>
       <w:r w:rsidR="003A606A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>便會如同呼吸一樣自然。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1F9A" w:rsidRPr="0095702F" w:rsidRDefault="00CB1F9A" w:rsidP="004A076F">
+    <w:p w:rsidR="00CB1F9A" w:rsidRPr="0095702F" w:rsidRDefault="00CB1F9A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>十字架</w:t>
       </w:r>
       <w:r w:rsidR="00C512E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -5472,90 +5486,90 @@
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>渴慕的祈禱</w:t>
       </w:r>
       <w:r w:rsidR="00AC3B64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>的真義，他寫道：「渴慕的禱告甚至能使我們避免會得罪神的小過失，並能極有力且有效地幫助我們操練德行及達到純全的高峰。」</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A606A" w:rsidRPr="0095702F" w:rsidRDefault="003A606A" w:rsidP="004A076F">
+    <w:p w:rsidR="003A606A" w:rsidRPr="0095702F" w:rsidRDefault="003A606A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>萬軍之耶和華啊，你的居所何等可愛！我羨慕渴想耶和華的院宇；我的心腸，我的肉體向永生神呼籲。</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（詩八十四</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1~2</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC3B64" w:rsidRDefault="003A606A" w:rsidP="004A076F">
+    <w:p w:rsidR="00AC3B64" w:rsidRDefault="003A606A" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>這篇詩是可拉的後裔，向永生神所發出的渴慕的禱告。當一個人在「渴慕的</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>祈禱」上有進展時，他祈禱的生活必定也有進展，並且在愛中與神聯合，</w:t>
       </w:r>
       <w:r w:rsidR="00C41C26" w:rsidRPr="0095702F">
         <w:rPr>
@@ -5585,51 +5599,51 @@
         </w:rPr>
         <w:t>慈</w:t>
       </w:r>
       <w:r w:rsidR="00C41C26" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>愛的神，我們與神之間惟一能滿足我們的，是與神有愛的</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>相交</w:t>
       </w:r>
       <w:r w:rsidR="00C41C26" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。蓋恩夫人說：「不是用頭腦來禱告，乃是用『心』來禱告。」「要藉著專一的愛和純潔來親近神。」親近神就是與神聯合的起頭。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC3B64" w:rsidRDefault="00C41C26" w:rsidP="004A076F">
+    <w:p w:rsidR="00AC3B64" w:rsidRDefault="00C41C26" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>慕安德烈在《內在生活》一書中說：「與神相交的福</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>分</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -5680,51 +5694,51 @@
         </w:rPr>
         <w:t>討</w:t>
       </w:r>
       <w:r w:rsidR="0066529D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>神</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>喜悅，無論做什麼，都為著</w:t>
       </w:r>
       <w:r w:rsidR="00EE15CA" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>愛神而做，為著榮耀神而做。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE15CA" w:rsidRPr="0095702F" w:rsidRDefault="00EE15CA" w:rsidP="004A076F">
+    <w:p w:rsidR="00EE15CA" w:rsidRPr="0095702F" w:rsidRDefault="00EE15CA" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>在教會歷史中，神的聖靈帶領無數心靈進入與神有愛的相交、愛的聯合。愛是來到神面前最短的路程。主耶穌要用聖靈與火給</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>我們施洗，就是要讓神的愛在人心中成為熊熊火焰，讓人在愛中與神</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
@@ -5734,51 +5748,51 @@
         </w:rPr>
         <w:t>面</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>對面、與神親嘴。每天在愛中與神相交是有福的享受，也是快樂和聖潔的祕訣，但願所有的聖徒都向神發出渴慕的禱告</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>、純愛的禱告</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>，也切慕禱告的時間，以它為一天中最好的時間。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1F9A" w:rsidRPr="0095702F" w:rsidRDefault="00EE15CA" w:rsidP="004A076F">
+    <w:p w:rsidR="00CB1F9A" w:rsidRPr="0095702F" w:rsidRDefault="00EE15CA" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>雅歌中的佳偶發出純愛的禱告說：「</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>願你吸引我，我們就快跑跟隨你</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -5892,51 +5906,51 @@
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r w:rsidR="00E667D3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（徒十七</w:t>
       </w:r>
       <w:r w:rsidR="00E667D3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00E667D3" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A606A" w:rsidRPr="0095702F" w:rsidRDefault="00E667D3" w:rsidP="004A076F">
+    <w:p w:rsidR="003A606A" w:rsidRPr="0095702F" w:rsidRDefault="00E667D3" w:rsidP="00622A4F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r w:rsidR="00CB1F9A" w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>渴慕神且</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
@@ -6113,58 +6127,58 @@
         </w:rPr>
         <w:t>真實活在聖靈裡，行走在聖靈裡</w:t>
       </w:r>
       <w:r w:rsidRPr="0095702F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="華康細圓體" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003A606A" w:rsidRPr="0095702F" w:rsidSect="00994482">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="8392" w:h="11907" w:code="11"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="329"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00A24A20" w:rsidRDefault="00A24A20" w:rsidP="00E3650F">
+    <w:p w:rsidR="000A76F7" w:rsidRDefault="000A76F7" w:rsidP="00E3650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00A24A20" w:rsidRDefault="00A24A20" w:rsidP="00E3650F">
+    <w:p w:rsidR="000A76F7" w:rsidRDefault="000A76F7" w:rsidP="00E3650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -6193,98 +6207,98 @@
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000E3" w:usb1="38C9787A" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康細圓體">
     <w:panose1 w:val="020F0309000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CA7430" w:rsidRDefault="002C5AA8">
+  <w:p w:rsidR="00CA7430" w:rsidRDefault="00583E76">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="002C5AA8">
+    <w:r w:rsidRPr="00583E76">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00A24A20">
+    <w:r w:rsidR="000A76F7">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="002C5AA8">
+    <w:r w:rsidRPr="00583E76">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004A076F" w:rsidRPr="004A076F">
+    <w:r w:rsidR="00622A4F" w:rsidRPr="00622A4F">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA7430" w:rsidRDefault="00CA7430">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00A24A20" w:rsidRDefault="00A24A20" w:rsidP="00E3650F">
+    <w:p w:rsidR="000A76F7" w:rsidRDefault="000A76F7" w:rsidP="00E3650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00A24A20" w:rsidRDefault="00A24A20" w:rsidP="00E3650F">
+    <w:p w:rsidR="000A76F7" w:rsidRDefault="000A76F7" w:rsidP="00E3650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="003A582D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEB42964"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -9238,50 +9252,51 @@
     <w:rsid w:val="000673D8"/>
     <w:rsid w:val="000678A5"/>
     <w:rsid w:val="000702F9"/>
     <w:rsid w:val="0007050C"/>
     <w:rsid w:val="0007154F"/>
     <w:rsid w:val="0007232B"/>
     <w:rsid w:val="000729BA"/>
     <w:rsid w:val="00072EBD"/>
     <w:rsid w:val="00074EB2"/>
     <w:rsid w:val="00076ABB"/>
     <w:rsid w:val="00080CCA"/>
     <w:rsid w:val="00081C45"/>
     <w:rsid w:val="0008436F"/>
     <w:rsid w:val="00084CF5"/>
     <w:rsid w:val="00084DF5"/>
     <w:rsid w:val="00084F11"/>
     <w:rsid w:val="000908C3"/>
     <w:rsid w:val="0009459B"/>
     <w:rsid w:val="000A2608"/>
     <w:rsid w:val="000A2CFD"/>
     <w:rsid w:val="000A3E0B"/>
     <w:rsid w:val="000A3F3D"/>
     <w:rsid w:val="000A3FB7"/>
     <w:rsid w:val="000A6A83"/>
     <w:rsid w:val="000A6D76"/>
+    <w:rsid w:val="000A76F7"/>
     <w:rsid w:val="000B02B2"/>
     <w:rsid w:val="000B095B"/>
     <w:rsid w:val="000B0E2B"/>
     <w:rsid w:val="000B56C3"/>
     <w:rsid w:val="000B6188"/>
     <w:rsid w:val="000B6AE7"/>
     <w:rsid w:val="000B7904"/>
     <w:rsid w:val="000C0809"/>
     <w:rsid w:val="000C0864"/>
     <w:rsid w:val="000C0A9F"/>
     <w:rsid w:val="000C115D"/>
     <w:rsid w:val="000C418E"/>
     <w:rsid w:val="000C519F"/>
     <w:rsid w:val="000C7FF1"/>
     <w:rsid w:val="000D170C"/>
     <w:rsid w:val="000D221E"/>
     <w:rsid w:val="000D3859"/>
     <w:rsid w:val="000D4890"/>
     <w:rsid w:val="000E6407"/>
     <w:rsid w:val="000F0934"/>
     <w:rsid w:val="000F0EDF"/>
     <w:rsid w:val="000F24D2"/>
     <w:rsid w:val="000F7087"/>
     <w:rsid w:val="000F7F50"/>
     <w:rsid w:val="001015F2"/>
@@ -9298,50 +9313,51 @@
     <w:rsid w:val="0011658B"/>
     <w:rsid w:val="00117F8A"/>
     <w:rsid w:val="00121668"/>
     <w:rsid w:val="00121F99"/>
     <w:rsid w:val="00122B42"/>
     <w:rsid w:val="00123D84"/>
     <w:rsid w:val="00125DBE"/>
     <w:rsid w:val="00126DE5"/>
     <w:rsid w:val="001325D3"/>
     <w:rsid w:val="00135C4E"/>
     <w:rsid w:val="00135E7C"/>
     <w:rsid w:val="00140F2C"/>
     <w:rsid w:val="00142230"/>
     <w:rsid w:val="001432A2"/>
     <w:rsid w:val="00143AC8"/>
     <w:rsid w:val="00144019"/>
     <w:rsid w:val="001440B1"/>
     <w:rsid w:val="00145755"/>
     <w:rsid w:val="0015358F"/>
     <w:rsid w:val="0015676D"/>
     <w:rsid w:val="00156CEC"/>
     <w:rsid w:val="00164E27"/>
     <w:rsid w:val="00165411"/>
     <w:rsid w:val="001656CF"/>
     <w:rsid w:val="00170034"/>
+    <w:rsid w:val="0017206C"/>
     <w:rsid w:val="00173862"/>
     <w:rsid w:val="00176B08"/>
     <w:rsid w:val="00177329"/>
     <w:rsid w:val="001800C2"/>
     <w:rsid w:val="00180AEA"/>
     <w:rsid w:val="001810A9"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="0018379B"/>
     <w:rsid w:val="0018493E"/>
     <w:rsid w:val="00192BB3"/>
     <w:rsid w:val="00192FF2"/>
     <w:rsid w:val="001965F5"/>
     <w:rsid w:val="00196B36"/>
     <w:rsid w:val="00196EB6"/>
     <w:rsid w:val="001975F7"/>
     <w:rsid w:val="00197DA2"/>
     <w:rsid w:val="00197F3F"/>
     <w:rsid w:val="001A0395"/>
     <w:rsid w:val="001A1D7D"/>
     <w:rsid w:val="001A2492"/>
     <w:rsid w:val="001A4C82"/>
     <w:rsid w:val="001A67AD"/>
     <w:rsid w:val="001A7162"/>
     <w:rsid w:val="001A7B3A"/>
     <w:rsid w:val="001B07CD"/>
@@ -9420,51 +9436,50 @@
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="002761DA"/>
     <w:rsid w:val="00276380"/>
     <w:rsid w:val="00276FEB"/>
     <w:rsid w:val="00282383"/>
     <w:rsid w:val="0028280E"/>
     <w:rsid w:val="00286BBC"/>
     <w:rsid w:val="00287214"/>
     <w:rsid w:val="0029006A"/>
     <w:rsid w:val="00295384"/>
     <w:rsid w:val="00295D99"/>
     <w:rsid w:val="002960D0"/>
     <w:rsid w:val="00296E21"/>
     <w:rsid w:val="00297E2F"/>
     <w:rsid w:val="002A1A59"/>
     <w:rsid w:val="002A22B6"/>
     <w:rsid w:val="002A52A9"/>
     <w:rsid w:val="002A765F"/>
     <w:rsid w:val="002B4C13"/>
     <w:rsid w:val="002B7124"/>
     <w:rsid w:val="002B7D81"/>
     <w:rsid w:val="002C1AA6"/>
     <w:rsid w:val="002C3BF2"/>
     <w:rsid w:val="002C4D0E"/>
     <w:rsid w:val="002C5521"/>
-    <w:rsid w:val="002C5AA8"/>
     <w:rsid w:val="002C64F6"/>
     <w:rsid w:val="002C6FEB"/>
     <w:rsid w:val="002D0490"/>
     <w:rsid w:val="002D0FB7"/>
     <w:rsid w:val="002D2527"/>
     <w:rsid w:val="002D3E5A"/>
     <w:rsid w:val="002D54E3"/>
     <w:rsid w:val="002D60F8"/>
     <w:rsid w:val="002E0196"/>
     <w:rsid w:val="002E0D97"/>
     <w:rsid w:val="002E1778"/>
     <w:rsid w:val="002E1E55"/>
     <w:rsid w:val="002E4100"/>
     <w:rsid w:val="002E60A3"/>
     <w:rsid w:val="002E6355"/>
     <w:rsid w:val="002E74A8"/>
     <w:rsid w:val="002E74EC"/>
     <w:rsid w:val="002F2190"/>
     <w:rsid w:val="002F2D61"/>
     <w:rsid w:val="002F4B1B"/>
     <w:rsid w:val="002F5069"/>
     <w:rsid w:val="002F7367"/>
     <w:rsid w:val="00301E71"/>
     <w:rsid w:val="003029EE"/>
     <w:rsid w:val="00304DAF"/>
@@ -9578,51 +9593,50 @@
     <w:rsid w:val="00460B4D"/>
     <w:rsid w:val="004615B5"/>
     <w:rsid w:val="00461620"/>
     <w:rsid w:val="004637BC"/>
     <w:rsid w:val="00465165"/>
     <w:rsid w:val="00465604"/>
     <w:rsid w:val="004656B4"/>
     <w:rsid w:val="00467AA1"/>
     <w:rsid w:val="00473C26"/>
     <w:rsid w:val="004741A4"/>
     <w:rsid w:val="004745DD"/>
     <w:rsid w:val="004753C4"/>
     <w:rsid w:val="0047560B"/>
     <w:rsid w:val="00475945"/>
     <w:rsid w:val="00475CDD"/>
     <w:rsid w:val="00476DB1"/>
     <w:rsid w:val="00482928"/>
     <w:rsid w:val="00482DE5"/>
     <w:rsid w:val="004849C9"/>
     <w:rsid w:val="00485569"/>
     <w:rsid w:val="004862B8"/>
     <w:rsid w:val="00487097"/>
     <w:rsid w:val="00487B39"/>
     <w:rsid w:val="0049025C"/>
     <w:rsid w:val="00495448"/>
-    <w:rsid w:val="004A076F"/>
     <w:rsid w:val="004A07A7"/>
     <w:rsid w:val="004A337C"/>
     <w:rsid w:val="004A4D5B"/>
     <w:rsid w:val="004A6058"/>
     <w:rsid w:val="004A6227"/>
     <w:rsid w:val="004A680B"/>
     <w:rsid w:val="004A68A4"/>
     <w:rsid w:val="004A7D8F"/>
     <w:rsid w:val="004A7ECB"/>
     <w:rsid w:val="004B0AB3"/>
     <w:rsid w:val="004B0D6E"/>
     <w:rsid w:val="004B1716"/>
     <w:rsid w:val="004B3CB6"/>
     <w:rsid w:val="004B4CA2"/>
     <w:rsid w:val="004B6751"/>
     <w:rsid w:val="004B6A21"/>
     <w:rsid w:val="004B6E1D"/>
     <w:rsid w:val="004B7E49"/>
     <w:rsid w:val="004C19DC"/>
     <w:rsid w:val="004C22B9"/>
     <w:rsid w:val="004C31D8"/>
     <w:rsid w:val="004C5F8E"/>
     <w:rsid w:val="004C68BF"/>
     <w:rsid w:val="004D0201"/>
     <w:rsid w:val="004D1221"/>
@@ -9656,50 +9670,51 @@
     <w:rsid w:val="0053790B"/>
     <w:rsid w:val="00537B92"/>
     <w:rsid w:val="0054216E"/>
     <w:rsid w:val="005421A7"/>
     <w:rsid w:val="00543012"/>
     <w:rsid w:val="00545684"/>
     <w:rsid w:val="005463CC"/>
     <w:rsid w:val="00546CAD"/>
     <w:rsid w:val="00547793"/>
     <w:rsid w:val="005502D2"/>
     <w:rsid w:val="0055691E"/>
     <w:rsid w:val="00556AD9"/>
     <w:rsid w:val="005577C9"/>
     <w:rsid w:val="005602D7"/>
     <w:rsid w:val="00562143"/>
     <w:rsid w:val="00562E62"/>
     <w:rsid w:val="005633DF"/>
     <w:rsid w:val="00563BD4"/>
     <w:rsid w:val="005646D2"/>
     <w:rsid w:val="00566BDD"/>
     <w:rsid w:val="0057058B"/>
     <w:rsid w:val="00571C55"/>
     <w:rsid w:val="00575E44"/>
     <w:rsid w:val="00580888"/>
     <w:rsid w:val="00583DC3"/>
+    <w:rsid w:val="00583E76"/>
     <w:rsid w:val="00585A7F"/>
     <w:rsid w:val="00585E13"/>
     <w:rsid w:val="00586582"/>
     <w:rsid w:val="00586BC8"/>
     <w:rsid w:val="005941E0"/>
     <w:rsid w:val="005961A9"/>
     <w:rsid w:val="005961AC"/>
     <w:rsid w:val="00597903"/>
     <w:rsid w:val="00597B1F"/>
     <w:rsid w:val="005A2B5C"/>
     <w:rsid w:val="005A309A"/>
     <w:rsid w:val="005A39E4"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B311C"/>
     <w:rsid w:val="005B31F3"/>
     <w:rsid w:val="005B3D0E"/>
     <w:rsid w:val="005B57B4"/>
     <w:rsid w:val="005C2FA2"/>
     <w:rsid w:val="005C3C18"/>
     <w:rsid w:val="005C3E52"/>
     <w:rsid w:val="005C532E"/>
     <w:rsid w:val="005C7906"/>
     <w:rsid w:val="005C79C4"/>
     <w:rsid w:val="005C7F20"/>
     <w:rsid w:val="005D136F"/>
@@ -9707,63 +9722,65 @@
     <w:rsid w:val="005D3124"/>
     <w:rsid w:val="005D5188"/>
     <w:rsid w:val="005D6285"/>
     <w:rsid w:val="005D77EA"/>
     <w:rsid w:val="005E09C1"/>
     <w:rsid w:val="005E2F4E"/>
     <w:rsid w:val="005E31D2"/>
     <w:rsid w:val="005E379E"/>
     <w:rsid w:val="005E3F40"/>
     <w:rsid w:val="005E54DE"/>
     <w:rsid w:val="005E5A29"/>
     <w:rsid w:val="005E7B6D"/>
     <w:rsid w:val="00600156"/>
     <w:rsid w:val="00604B2D"/>
     <w:rsid w:val="00605548"/>
     <w:rsid w:val="00605E49"/>
     <w:rsid w:val="0061592F"/>
     <w:rsid w:val="00615F7D"/>
     <w:rsid w:val="00616164"/>
     <w:rsid w:val="006162EB"/>
     <w:rsid w:val="00616502"/>
     <w:rsid w:val="00617CB6"/>
     <w:rsid w:val="00620446"/>
     <w:rsid w:val="00620852"/>
     <w:rsid w:val="00622260"/>
+    <w:rsid w:val="00622A4F"/>
     <w:rsid w:val="006254F7"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00626DF4"/>
     <w:rsid w:val="006270B3"/>
     <w:rsid w:val="00630C13"/>
     <w:rsid w:val="0063533F"/>
     <w:rsid w:val="00635B4C"/>
     <w:rsid w:val="00636C78"/>
     <w:rsid w:val="0064059F"/>
     <w:rsid w:val="00641F60"/>
     <w:rsid w:val="0064359F"/>
     <w:rsid w:val="00645E2B"/>
     <w:rsid w:val="00647B88"/>
+    <w:rsid w:val="00647DB5"/>
     <w:rsid w:val="006515AD"/>
     <w:rsid w:val="00652FD7"/>
     <w:rsid w:val="006530BE"/>
     <w:rsid w:val="006539AF"/>
     <w:rsid w:val="006551BE"/>
     <w:rsid w:val="006566C4"/>
     <w:rsid w:val="006604F7"/>
     <w:rsid w:val="00661D68"/>
     <w:rsid w:val="006642EF"/>
     <w:rsid w:val="0066529D"/>
     <w:rsid w:val="006654D9"/>
     <w:rsid w:val="006657CA"/>
     <w:rsid w:val="00676276"/>
     <w:rsid w:val="006767F5"/>
     <w:rsid w:val="00680B27"/>
     <w:rsid w:val="00683327"/>
     <w:rsid w:val="006867BC"/>
     <w:rsid w:val="00686D84"/>
     <w:rsid w:val="0069027D"/>
     <w:rsid w:val="006903FA"/>
     <w:rsid w:val="00692532"/>
     <w:rsid w:val="00693B83"/>
     <w:rsid w:val="006A1E4D"/>
     <w:rsid w:val="006A20A9"/>
     <w:rsid w:val="006A4228"/>
@@ -10018,51 +10035,50 @@
     <w:rsid w:val="009E0E8B"/>
     <w:rsid w:val="009E7A66"/>
     <w:rsid w:val="009F2330"/>
     <w:rsid w:val="009F2331"/>
     <w:rsid w:val="009F2F60"/>
     <w:rsid w:val="009F411D"/>
     <w:rsid w:val="009F4608"/>
     <w:rsid w:val="009F587A"/>
     <w:rsid w:val="009F6356"/>
     <w:rsid w:val="009F7134"/>
     <w:rsid w:val="00A0232E"/>
     <w:rsid w:val="00A02A83"/>
     <w:rsid w:val="00A02FFE"/>
     <w:rsid w:val="00A061EB"/>
     <w:rsid w:val="00A10C1F"/>
     <w:rsid w:val="00A111C7"/>
     <w:rsid w:val="00A11829"/>
     <w:rsid w:val="00A133CB"/>
     <w:rsid w:val="00A13720"/>
     <w:rsid w:val="00A15F47"/>
     <w:rsid w:val="00A215A7"/>
     <w:rsid w:val="00A21964"/>
     <w:rsid w:val="00A22152"/>
     <w:rsid w:val="00A23702"/>
     <w:rsid w:val="00A23E1F"/>
-    <w:rsid w:val="00A24A20"/>
     <w:rsid w:val="00A254FC"/>
     <w:rsid w:val="00A26345"/>
     <w:rsid w:val="00A27E7F"/>
     <w:rsid w:val="00A301EF"/>
     <w:rsid w:val="00A31103"/>
     <w:rsid w:val="00A32822"/>
     <w:rsid w:val="00A32AE6"/>
     <w:rsid w:val="00A340FD"/>
     <w:rsid w:val="00A35906"/>
     <w:rsid w:val="00A433FE"/>
     <w:rsid w:val="00A43834"/>
     <w:rsid w:val="00A44E79"/>
     <w:rsid w:val="00A44F3C"/>
     <w:rsid w:val="00A474C2"/>
     <w:rsid w:val="00A474C5"/>
     <w:rsid w:val="00A51417"/>
     <w:rsid w:val="00A52217"/>
     <w:rsid w:val="00A52CE5"/>
     <w:rsid w:val="00A53529"/>
     <w:rsid w:val="00A5579A"/>
     <w:rsid w:val="00A55F01"/>
     <w:rsid w:val="00A56868"/>
     <w:rsid w:val="00A57D83"/>
     <w:rsid w:val="00A62B3F"/>
     <w:rsid w:val="00A64B79"/>
@@ -10387,50 +10403,51 @@
     <w:rsid w:val="00E853CF"/>
     <w:rsid w:val="00E853DD"/>
     <w:rsid w:val="00E85753"/>
     <w:rsid w:val="00E94066"/>
     <w:rsid w:val="00E96DC3"/>
     <w:rsid w:val="00EA06E3"/>
     <w:rsid w:val="00EA0808"/>
     <w:rsid w:val="00EA36E0"/>
     <w:rsid w:val="00EA378C"/>
     <w:rsid w:val="00EA49F3"/>
     <w:rsid w:val="00EA4C55"/>
     <w:rsid w:val="00EA6632"/>
     <w:rsid w:val="00EA74FC"/>
     <w:rsid w:val="00EA769F"/>
     <w:rsid w:val="00EB044B"/>
     <w:rsid w:val="00EB056E"/>
     <w:rsid w:val="00EB3A7F"/>
     <w:rsid w:val="00EB4986"/>
     <w:rsid w:val="00EB51C7"/>
     <w:rsid w:val="00EC3CFB"/>
     <w:rsid w:val="00EC5C1F"/>
     <w:rsid w:val="00EC7A25"/>
     <w:rsid w:val="00EC7FC4"/>
     <w:rsid w:val="00ED0BFB"/>
     <w:rsid w:val="00ED29AC"/>
+    <w:rsid w:val="00ED3ABA"/>
     <w:rsid w:val="00ED50A8"/>
     <w:rsid w:val="00EE037A"/>
     <w:rsid w:val="00EE0455"/>
     <w:rsid w:val="00EE15CA"/>
     <w:rsid w:val="00EE1F5A"/>
     <w:rsid w:val="00EE2207"/>
     <w:rsid w:val="00EE2BDB"/>
     <w:rsid w:val="00EE3520"/>
     <w:rsid w:val="00EE49B0"/>
     <w:rsid w:val="00EE7577"/>
     <w:rsid w:val="00EF0691"/>
     <w:rsid w:val="00EF134C"/>
     <w:rsid w:val="00EF20BB"/>
     <w:rsid w:val="00EF29B8"/>
     <w:rsid w:val="00EF38FF"/>
     <w:rsid w:val="00EF5D9A"/>
     <w:rsid w:val="00EF60A4"/>
     <w:rsid w:val="00F00113"/>
     <w:rsid w:val="00F0135A"/>
     <w:rsid w:val="00F0261B"/>
     <w:rsid w:val="00F06856"/>
     <w:rsid w:val="00F10C74"/>
     <w:rsid w:val="00F15834"/>
     <w:rsid w:val="00F1638F"/>
     <w:rsid w:val="00F173F2"/>