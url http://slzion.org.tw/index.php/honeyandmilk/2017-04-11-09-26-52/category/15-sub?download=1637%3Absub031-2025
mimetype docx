--- v0 (2025-11-03)
+++ v1 (2026-01-07)
@@ -6,65 +6,65 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6C31E470" w14:textId="77777777" w:rsidR="00224289" w:rsidRDefault="00224289" w:rsidP="00224289">
+    <w:p w14:paraId="6C31E470" w14:textId="061F8871" w:rsidR="00224289" w:rsidRDefault="00F31622" w:rsidP="00224289">
       <w:pPr>
         <w:pStyle w:val="31"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="0" w:left="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00393905">
+      <w:r w:rsidRPr="00F31622">
         <w:rPr>
           <w:rFonts w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>永恆的投資</w:t>
+        <w:t>更豐盛的生命</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51159BC4" w14:textId="77777777" w:rsidR="00224289" w:rsidRPr="00430A9D" w:rsidRDefault="00224289" w:rsidP="00224289">
       <w:pPr>
         <w:spacing w:afterLines="50" w:after="164"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430A9D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">士林錫安堂 </w:t>
       </w:r>
       <w:r w:rsidRPr="00430A9D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
@@ -881,67 +881,51 @@
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc204009698" w:history="1">
         <w:r w:rsidRPr="00A45B80">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:noProof/>
           </w:rPr>
           <w:t>更豐盛的生命（</w:t>
         </w:r>
         <w:r w:rsidRPr="00A45B80">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="00A45B80">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:rFonts w:hint="eastAsia"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>）追求完全的</w:t>
-[...15 lines deleted...]
-          <w:t>命</w:t>
+          <w:t>）追求完全的生命</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc204009698 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -25232,57 +25216,51 @@
       <w:r w:rsidRPr="009B4BAD">
         <w:t>環球聖經譯本</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4BAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>將歌羅西書三章</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4BAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4BAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>節</w:t>
       </w:r>
       <w:r w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>「心</w:t>
-[...5 lines deleted...]
-        <w:t>被恩感歌頌神</w:t>
+        <w:t>「心被恩感歌頌神</w:t>
       </w:r>
       <w:r w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="085cm0"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」，譯作</w:t>
       </w:r>
       <w:r w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="085cm0"/>
         </w:rPr>
         <w:t>「懷著感恩的心歌頌神</w:t>
       </w:r>
       <w:r w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="085cm0"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」；</w:t>
       </w:r>
       <w:r w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="085cm0"/>
         </w:rPr>
@@ -26133,109 +26111,85 @@
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>9~10</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>節說：「</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="20"/>
         </w:rPr>
         <w:t>因為神本性一切的豐盛，都有形有體的居住在基督裡面，你們在祂裡面也得了豐盛</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>。」基督有神本性一切的豐盛，我們在基督裡也可以完全得著神本性一切的豐盛，因一切都已在基督裡面成就了。我們與祂同死、同埋，也與祂一同復活、一同坐在天上。我們在基督裡得著一切，也得著完全。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4B614D" w14:textId="5028746F" w:rsidR="008441B7" w:rsidRPr="009B4BAD" w:rsidRDefault="009B4BAD" w:rsidP="009B4BAD">
       <w:pPr>
         <w:pStyle w:val="085cm"/>
         <w:spacing w:before="164"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>第</w:t>
-[...11 lines deleted...]
-        <w:t>，</w:t>
+        <w:t>第二，</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>我們在基督裡的完全，是神藉著聖靈使我們與祂聯合而賜給我們的。我們重生之時，栽種在我們裡面的生命，雖然是栽種在肉體的軀殼中，但仍然是個完全的生命。正如樹的種子俱有樹的整個生命，神栽種在我們裡面的種子，是基督完全的生命。這種子有生長的能力，會充滿我們的生命，使我們結出完全的果實。從另一個角度來說，樹根乃是我們的心</w:t>
       </w:r>
       <w:r w:rsidR="00821337">
         <w:rPr>
           <w:rStyle w:val="a9"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>向神心存完全，從這根生出來的樹，乃是與基督聯合的生命，在基督裡追求完全像祂。</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我們</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>因基督得以完全，神藉著基督，使我們和基督一樣完全。我們以完全的心追求主自己，我們一直學習住在主裡面，照主所行的去行，要在神一切的旨意上完全，這棵樹就結出豐豐富富的果實來。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E09832" w14:textId="309B170F" w:rsidR="008441B7" w:rsidRPr="009B4BAD" w:rsidRDefault="009B4BAD" w:rsidP="009B4BAD">
       <w:pPr>
         <w:pStyle w:val="085cm"/>
         <w:spacing w:before="164"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>第</w:t>
-[...11 lines deleted...]
-        <w:t>，</w:t>
+        <w:t>第三，</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>我們在基督裡的完全，可以看作是聖靈在我們裡面的工作，我們藉著追求聖靈充滿，降服於生命聖靈的律而擁有基督的完全，藉著生命和言行表現出來。箴十一</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>說：「</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="00D113C5">
         <w:rPr>
           <w:rStyle w:val="20"/>
         </w:rPr>
         <w:t>行事完全的，為祂所喜悅。</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:t>」神喜悅行為完全、行事完全的人。為著討神喜悅，我們要以謙卑的心繼續不斷地追求耶穌，被基督的靈充滿，神會藉著耶穌基督在我們心裡行神</w:t>
       </w:r>
       <w:r w:rsidR="008441B7" w:rsidRPr="009B4BAD">
         <w:lastRenderedPageBreak/>
         <w:t>所喜悅的事。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243B8C1C" w14:textId="77777777" w:rsidR="008441B7" w:rsidRPr="009B4BAD" w:rsidRDefault="008441B7" w:rsidP="001955B5">
@@ -27146,58 +27100,58 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4F56E9E1" w14:textId="77777777" w:rsidR="008441B7" w:rsidRPr="009B4BAD" w:rsidRDefault="008441B7" w:rsidP="001955B5">
       <w:pPr>
         <w:pStyle w:val="085cm"/>
         <w:spacing w:before="164"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008441B7" w:rsidRPr="009B4BAD" w:rsidSect="00821337">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="8392" w:h="11907" w:code="11"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="964" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:docGrid w:type="lines" w:linePitch="329"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DFF4A09" w14:textId="77777777" w:rsidR="009F2614" w:rsidRDefault="009F2614" w:rsidP="00E3650F">
+    <w:p w14:paraId="04C483FE" w14:textId="77777777" w:rsidR="00D47208" w:rsidRDefault="00D47208" w:rsidP="00E3650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="550485B1" w14:textId="77777777" w:rsidR="009F2614" w:rsidRDefault="009F2614" w:rsidP="00E3650F">
+    <w:p w14:paraId="132FC4B6" w14:textId="77777777" w:rsidR="00D47208" w:rsidRDefault="00D47208" w:rsidP="00E3650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
@@ -27217,51 +27171,50 @@
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B6DC47A" w14:textId="77777777" w:rsidR="00224289" w:rsidRPr="007B1506" w:rsidRDefault="00224289" w:rsidP="007B1506">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -27277,148 +27230,139 @@
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-307395109"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6CBB07B2" w14:textId="332F89D5" w:rsidR="00DE01C2" w:rsidRDefault="00DE01C2" w:rsidP="00224289">
         <w:pPr>
           <w:pStyle w:val="a5"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-872920735"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="62C81864" w14:textId="2A723A96" w:rsidR="00821337" w:rsidRDefault="00821337" w:rsidP="00821337">
         <w:pPr>
           <w:pStyle w:val="a5"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FD84419" w14:textId="77777777" w:rsidR="009F2614" w:rsidRDefault="009F2614" w:rsidP="00E3650F">
+    <w:p w14:paraId="7BFD811A" w14:textId="77777777" w:rsidR="00D47208" w:rsidRDefault="00D47208" w:rsidP="00E3650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="393F7FA8" w14:textId="77777777" w:rsidR="009F2614" w:rsidRDefault="009F2614" w:rsidP="00E3650F">
+    <w:p w14:paraId="356596D8" w14:textId="77777777" w:rsidR="00D47208" w:rsidRDefault="00D47208" w:rsidP="00E3650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B66056D" w14:textId="77777777" w:rsidR="00821337" w:rsidRPr="00821337" w:rsidRDefault="00821337">
     <w:pPr>
       <w:pStyle w:val="a3"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>劉</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>秀慧</w:t>
     </w:r>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>牧師講章</w:t>
     </w:r>
     <w:r w:rsidRPr="007B1506">
       <w:rPr>
         <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
       </w:rPr>
       <w:t>——</w:t>
     </w:r>
@@ -28132,101 +28076,102 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1290235209">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="649671862">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2060594715">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1018853099">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1084687535">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="620460276">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="76"/>
+  <w:zoom w:percent="133"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:stylePaneFormatFilter w:val="5724" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="329"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B910EA"/>
     <w:rsid w:val="000C20E0"/>
     <w:rsid w:val="000D14FA"/>
     <w:rsid w:val="001031A6"/>
     <w:rsid w:val="0015204B"/>
     <w:rsid w:val="001955B5"/>
     <w:rsid w:val="001A7B3A"/>
     <w:rsid w:val="001D2755"/>
     <w:rsid w:val="001E12F8"/>
     <w:rsid w:val="001F7726"/>
     <w:rsid w:val="00224289"/>
     <w:rsid w:val="0024340D"/>
     <w:rsid w:val="00246C4B"/>
     <w:rsid w:val="00256B26"/>
     <w:rsid w:val="00272BDC"/>
     <w:rsid w:val="002A0B04"/>
     <w:rsid w:val="002B7124"/>
     <w:rsid w:val="002F2CBB"/>
+    <w:rsid w:val="00324810"/>
     <w:rsid w:val="00336796"/>
     <w:rsid w:val="0034742F"/>
     <w:rsid w:val="00407C0F"/>
     <w:rsid w:val="004630E2"/>
     <w:rsid w:val="004745DD"/>
     <w:rsid w:val="00487D05"/>
     <w:rsid w:val="004C5AB6"/>
     <w:rsid w:val="004D3CA4"/>
     <w:rsid w:val="004E3523"/>
     <w:rsid w:val="004E44DE"/>
     <w:rsid w:val="00523DD6"/>
     <w:rsid w:val="00562E62"/>
     <w:rsid w:val="005655C1"/>
     <w:rsid w:val="00571C55"/>
     <w:rsid w:val="00580F29"/>
     <w:rsid w:val="00626DF4"/>
     <w:rsid w:val="0064059F"/>
     <w:rsid w:val="0066228C"/>
     <w:rsid w:val="00693B83"/>
     <w:rsid w:val="006C1477"/>
     <w:rsid w:val="006E0994"/>
     <w:rsid w:val="006F20AA"/>
     <w:rsid w:val="007064D7"/>
     <w:rsid w:val="00735F0F"/>
     <w:rsid w:val="007960C1"/>
@@ -28253,65 +28198,67 @@
     <w:rsid w:val="009C6080"/>
     <w:rsid w:val="009F2614"/>
     <w:rsid w:val="00A133CB"/>
     <w:rsid w:val="00A433FE"/>
     <w:rsid w:val="00A62B3F"/>
     <w:rsid w:val="00A64B79"/>
     <w:rsid w:val="00AC0DC3"/>
     <w:rsid w:val="00B42AB1"/>
     <w:rsid w:val="00B4641A"/>
     <w:rsid w:val="00B54ACA"/>
     <w:rsid w:val="00B910EA"/>
     <w:rsid w:val="00BC3B83"/>
     <w:rsid w:val="00BC7DDD"/>
     <w:rsid w:val="00BD0376"/>
     <w:rsid w:val="00C044D6"/>
     <w:rsid w:val="00C25482"/>
     <w:rsid w:val="00C3674C"/>
     <w:rsid w:val="00C72ECD"/>
     <w:rsid w:val="00CA2173"/>
     <w:rsid w:val="00CD1462"/>
     <w:rsid w:val="00CF29BB"/>
     <w:rsid w:val="00D1089D"/>
     <w:rsid w:val="00D113C5"/>
     <w:rsid w:val="00D11596"/>
     <w:rsid w:val="00D1280B"/>
+    <w:rsid w:val="00D47208"/>
     <w:rsid w:val="00D57F71"/>
     <w:rsid w:val="00D94251"/>
     <w:rsid w:val="00D96542"/>
     <w:rsid w:val="00DB494E"/>
     <w:rsid w:val="00DD39F8"/>
     <w:rsid w:val="00DE01C2"/>
     <w:rsid w:val="00DF01B4"/>
     <w:rsid w:val="00DF0620"/>
     <w:rsid w:val="00DF1200"/>
     <w:rsid w:val="00E3650F"/>
     <w:rsid w:val="00ED29AC"/>
     <w:rsid w:val="00ED58EA"/>
     <w:rsid w:val="00EE7577"/>
     <w:rsid w:val="00EF29B8"/>
     <w:rsid w:val="00EF74A5"/>
+    <w:rsid w:val="00F31622"/>
     <w:rsid w:val="00F5472C"/>
     <w:rsid w:val="00F6306A"/>
     <w:rsid w:val="00F84ABA"/>
     <w:rsid w:val="00FA2530"/>
     <w:rsid w:val="00FC39E1"/>
     <w:rsid w:val="00FC4FC7"/>
     <w:rsid w:val="00FC6B25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -28730,50 +28677,51 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00224289"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="720" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
@@ -29411,51 +29359,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>181</Pages>
-  <Words>16230</Words>
-  <Characters>92512</Characters>
+  <Words>16227</Words>
+  <Characters>92496</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>770</Lines>
   <Paragraphs>217</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>108525</CharactersWithSpaces>
+  <CharactersWithSpaces>108506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>slzion</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>